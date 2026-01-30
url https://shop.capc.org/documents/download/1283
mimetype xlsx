--- v0 (2025-12-08)
+++ v1 (2026-01-30)
@@ -9,108 +9,107 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29415"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29704"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mtsinai-my.sharepoint.com/personal/rima_alnimr_mssm_edu/Documents/Education Team Hub/Palliative Care Program Development/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E7D8EF31-85AA-40D7-8395-EC15A239BF24}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="18" documentId="8_{65B9400C-155C-413A-9865-4FB2C1A3EBC1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5679051D-AF16-4C65-B5E1-7206F91E63F0}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="12" r:id="rId1"/>
     <sheet name="Staffing and Capacity" sheetId="9" r:id="rId2"/>
     <sheet name="Rev and Profit Calculations" sheetId="4" r:id="rId3"/>
     <sheet name="Break-Even Estimate" sheetId="11" r:id="rId4"/>
     <sheet name="Data Sources" sheetId="10" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Rev and Profit Calculations'!$A$1:$I$47</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B11" i="11" l="1"/>
+  <c r="H20" i="4" l="1"/>
+  <c r="H14" i="4"/>
+  <c r="H8" i="4"/>
+  <c r="H7" i="4"/>
+  <c r="H5" i="4"/>
   <c r="B4" i="11"/>
   <c r="F15" i="4"/>
   <c r="F30" i="4" l="1"/>
   <c r="D17" i="4"/>
   <c r="D11" i="4"/>
   <c r="D6" i="4"/>
   <c r="E30" i="4"/>
-  <c r="H5" i="4"/>
-[...1 lines deleted...]
-  <c r="H14" i="4"/>
   <c r="E5" i="4"/>
   <c r="D5" i="4"/>
-  <c r="H8" i="4"/>
-  <c r="H7" i="4"/>
   <c r="D10" i="4"/>
   <c r="B3" i="11" l="1"/>
   <c r="E34" i="4"/>
   <c r="D34" i="4"/>
   <c r="F34" i="4"/>
   <c r="J5" i="4"/>
   <c r="G34" i="4"/>
   <c r="D6" i="9"/>
   <c r="D5" i="9"/>
   <c r="D4" i="9"/>
   <c r="E10" i="4" l="1"/>
   <c r="C17" i="9"/>
   <c r="D19" i="9" s="1"/>
   <c r="E11" i="4" s="1"/>
   <c r="C25" i="9"/>
   <c r="C27" i="9" s="1"/>
   <c r="C29" i="9" s="1"/>
   <c r="D29" i="9" s="1"/>
   <c r="E6" i="4" s="1"/>
   <c r="C22" i="9"/>
   <c r="D23" i="9" s="1"/>
   <c r="E17" i="4" s="1"/>
   <c r="H5" i="9"/>
   <c r="H6" i="9"/>
   <c r="H7" i="9"/>
@@ -158,50 +157,51 @@
   <c r="F39" i="4"/>
   <c r="D39" i="4"/>
   <c r="E39" i="4"/>
   <c r="G39" i="4"/>
   <c r="E25" i="4"/>
   <c r="F40" i="4" l="1"/>
   <c r="D40" i="4"/>
   <c r="E40" i="4"/>
   <c r="F36" i="4"/>
   <c r="J7" i="4"/>
   <c r="H43" i="4" s="1"/>
   <c r="J43" i="4" s="1"/>
   <c r="B6" i="11" s="1"/>
   <c r="G36" i="4"/>
   <c r="G41" i="4" s="1"/>
   <c r="E36" i="4"/>
   <c r="D36" i="4"/>
   <c r="F41" i="4" l="1"/>
   <c r="D41" i="4"/>
   <c r="E41" i="4"/>
   <c r="D43" i="4" l="1"/>
   <c r="D45" i="4" l="1"/>
   <c r="D46" i="4" l="1"/>
   <c r="B8" i="11"/>
   <c r="B10" i="11" s="1"/>
+  <c r="B11" i="11" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="144">
   <si>
     <t>How to Use This Workbook</t>
   </si>
   <si>
     <t>This workbook is designed to help you analyze and manage a Caregiver Support Program budget by calculating staffing capacity, revenue, profit/loss, and break-even volume</t>
   </si>
   <si>
     <t>Workbook Structure and Instructions</t>
   </si>
   <si>
     <t>1. Staffing and Capacity</t>
   </si>
   <si>
     <t xml:space="preserve"> Enter the number of FTE (proportion of a full-time 37.5-hour/week staff member) per role, and the average salary at your organization. Add additional lines as needed</t>
   </si>
   <si>
     <t xml:space="preserve"> The workbook is set to 8 psychological and 6 medical diagnostic visits per week. If your program expects different volumes of new patients, modify cells D16 and D26</t>
   </si>
   <si>
     <t>Adjust staffing levels or productivity targets to model different scenarios.</t>
@@ -468,51 +468,51 @@
   <si>
     <t>Dx Visits/Week</t>
   </si>
   <si>
     <t>This is the minimum diagnostic visits/week recommended</t>
   </si>
   <si>
     <t>Remaining Hours</t>
   </si>
   <si>
     <t>Med Mgt Visits/Week</t>
   </si>
   <si>
     <t>This includes time for documentation and billing after each visit (visit is 20 min)</t>
   </si>
   <si>
     <t>Hide this column before it goes up as a tool!</t>
   </si>
   <si>
     <t>Ideal Model at Full Capacity</t>
   </si>
   <si>
     <t>Your Program at Full Capacity</t>
   </si>
   <si>
-    <t>Medicare Rate 2025
+    <t>Medicare Rate 2026
 (National rate; non-facility price)</t>
   </si>
   <si>
     <t># Weeks/Provider</t>
   </si>
   <si>
     <t>To exclude vacation, holiday, sick, and CE time; part-time staff should calculate to 50 weeks/year</t>
   </si>
   <si>
     <t>If known, replace with your local Medicare rate</t>
   </si>
   <si>
     <t>Pres-criber</t>
   </si>
   <si>
     <t>Medical Dx Visits/Year
 (90792)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Based on Capacity assumptions (see Staffing Sheet); if full-time, multiply by the weeks/provider above.
 </t>
     </r>
     <r>
       <rPr>
@@ -1967,52 +1967,52 @@
     <row r="29" spans="1:1" ht="15.75"/>
     <row r="30" spans="1:1" ht="15.75"/>
     <row r="31" spans="1:1" ht="15.75"/>
     <row r="32" spans="1:1" ht="15.75"/>
     <row r="34" ht="15.75"/>
     <row r="35" ht="15.75"/>
     <row r="36" ht="15.75"/>
     <row r="37" ht="15.75"/>
     <row r="38" ht="15.75"/>
     <row r="39" ht="15.75"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.4" header="0.3" footer="0.2"/>
   <pageSetup scale="63" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;C&amp;"Arial,Bold"&amp;14Caregiver Support Center Profit &amp; Loss Tool</oddHeader>
     <oddFooter>&amp;L&amp;"Arial,Regular"&amp;11Reviewed Fall 2025&amp;R&amp;"Arial,Bold"&amp;K00A1E1capc.org</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:L30"/>
   <sheetViews>
-    <sheetView view="pageLayout" topLeftCell="A11" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D26" sqref="D26"/>
+    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A15" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C22" sqref="C22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.6"/>
   <cols>
     <col min="1" max="1" width="2.125" customWidth="1"/>
     <col min="2" max="2" width="34.5" customWidth="1"/>
     <col min="3" max="3" width="15.625" customWidth="1"/>
     <col min="4" max="4" width="14.125" style="11" customWidth="1"/>
     <col min="5" max="5" width="18.25" customWidth="1"/>
     <col min="6" max="6" width="13.375" customWidth="1"/>
     <col min="7" max="7" width="3" customWidth="1"/>
     <col min="8" max="8" width="13.125" customWidth="1"/>
     <col min="9" max="9" width="31.25" customWidth="1"/>
     <col min="10" max="10" width="1.75" customWidth="1"/>
     <col min="11" max="11" width="3" customWidth="1"/>
     <col min="12" max="12" width="45.5" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="33.6" customHeight="1">
       <c r="A1" s="82"/>
       <c r="B1" s="109" t="s">
         <v>21</v>
       </c>
       <c r="C1" s="109"/>
       <c r="D1" s="109"/>
@@ -2291,127 +2291,127 @@
       </c>
       <c r="I16" s="110"/>
       <c r="J16" s="82"/>
       <c r="L16" s="56"/>
     </row>
     <row r="17" spans="1:12" ht="25.15" customHeight="1">
       <c r="A17" s="82"/>
       <c r="B17" t="s">
         <v>45</v>
       </c>
       <c r="C17">
         <f>D4*37.5-D16</f>
         <v>29.5</v>
       </c>
       <c r="D17" s="37"/>
       <c r="H17" s="114"/>
       <c r="I17" s="114"/>
       <c r="J17" s="82"/>
     </row>
     <row r="18" spans="1:12" ht="33" customHeight="1">
       <c r="A18" s="82"/>
       <c r="B18" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="39">
-        <v>0.9</v>
+        <v>0.85</v>
       </c>
       <c r="D18" s="37"/>
       <c r="H18" s="111" t="s">
         <v>47</v>
       </c>
       <c r="I18" s="111"/>
       <c r="J18" s="82"/>
     </row>
     <row r="19" spans="1:12" ht="37.15" customHeight="1">
       <c r="A19" s="82"/>
       <c r="B19" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="41">
         <f>ROUNDDOWN(C17*C18,0)</f>
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E19" s="36"/>
       <c r="H19" s="115" t="s">
         <v>49</v>
       </c>
       <c r="I19" s="115"/>
       <c r="J19" s="82"/>
       <c r="L19" s="56"/>
     </row>
     <row r="20" spans="1:12" ht="9" customHeight="1">
       <c r="A20" s="82"/>
       <c r="B20" s="82"/>
       <c r="C20" s="82"/>
       <c r="D20" s="83"/>
       <c r="E20" s="82"/>
       <c r="F20" s="82"/>
       <c r="G20" s="82"/>
       <c r="H20" s="82"/>
       <c r="I20" s="82"/>
       <c r="J20" s="82"/>
     </row>
     <row r="21" spans="1:12" ht="31.9" customHeight="1">
       <c r="A21" s="82"/>
       <c r="B21" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="40">
-        <v>0.9</v>
+        <v>0.85</v>
       </c>
       <c r="H21" s="111" t="s">
         <v>47</v>
       </c>
       <c r="I21" s="111"/>
       <c r="J21" s="82"/>
     </row>
     <row r="22" spans="1:12" ht="31.9" customHeight="1">
       <c r="A22" s="82"/>
       <c r="B22" t="s">
         <v>51</v>
       </c>
       <c r="C22">
         <f>ROUNDUP(D6*37.5*C21,0)</f>
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D22"/>
       <c r="H22" s="112" t="s">
         <v>52</v>
       </c>
       <c r="I22" s="112"/>
       <c r="J22" s="82"/>
       <c r="L22" s="56"/>
     </row>
     <row r="23" spans="1:12" ht="31.9" customHeight="1">
       <c r="A23" s="82"/>
       <c r="B23" t="s">
         <v>53</v>
       </c>
       <c r="D23" s="9">
         <f>ROUNDDOWN(C22,0)</f>
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H23" s="111" t="s">
         <v>54</v>
       </c>
       <c r="I23" s="111"/>
       <c r="J23" s="82"/>
     </row>
     <row r="24" spans="1:12" ht="9" customHeight="1">
       <c r="A24" s="82"/>
       <c r="B24" s="82"/>
       <c r="C24" s="82"/>
       <c r="D24" s="83"/>
       <c r="E24" s="82"/>
       <c r="F24" s="82"/>
       <c r="G24" s="82"/>
       <c r="H24" s="82"/>
       <c r="I24" s="82"/>
       <c r="J24" s="82"/>
     </row>
     <row r="25" spans="1:12" ht="31.9" customHeight="1">
       <c r="A25" s="82"/>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
@@ -2516,52 +2516,52 @@
     <mergeCell ref="H19:I19"/>
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="H14:I14"/>
     <mergeCell ref="H21:I21"/>
     <mergeCell ref="H23:I23"/>
     <mergeCell ref="H25:I25"/>
     <mergeCell ref="I4:I10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="56" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;C&amp;"Arial,Bold"&amp;14Caregiver Support Center Profit &amp; Loss Tool</oddHeader>
     <oddFooter>&amp;L&amp;"Arial,Regular"&amp;11Reviewed Fall 2025&amp;R&amp;"Arial,Bold"&amp;K00A1E1capc.org</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N48"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" zoomScale="80" zoomScaleNormal="90" zoomScalePageLayoutView="80" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1:H1"/>
+    <sheetView view="pageLayout" topLeftCell="A41" zoomScale="80" zoomScaleNormal="90" zoomScalePageLayoutView="80" workbookViewId="0">
+      <selection activeCell="H3" sqref="H3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11" defaultRowHeight="15.6"/>
   <cols>
     <col min="1" max="1" width="2.375" customWidth="1"/>
     <col min="2" max="2" width="5.25" customWidth="1"/>
     <col min="3" max="3" width="23.25" customWidth="1"/>
     <col min="4" max="4" width="27.5" customWidth="1"/>
     <col min="5" max="5" width="26.25" customWidth="1"/>
     <col min="6" max="6" width="27" customWidth="1"/>
     <col min="7" max="7" width="38.75" customWidth="1"/>
     <col min="8" max="8" width="28" customWidth="1"/>
     <col min="9" max="9" width="1.625" customWidth="1"/>
     <col min="10" max="10" width="15.25" style="52" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="36" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="36" customWidth="1"/>
     <col min="14" max="21" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" s="1" customFormat="1" ht="45.6" customHeight="1">
       <c r="A1" s="108"/>
       <c r="B1" s="89"/>
       <c r="C1" s="109" t="s">
         <v>21</v>
       </c>
@@ -2640,531 +2640,531 @@
       <c r="K4" s="90"/>
       <c r="L4" s="91"/>
       <c r="M4" s="91"/>
     </row>
     <row r="5" spans="1:13" s="1" customFormat="1" ht="46.9" customHeight="1">
       <c r="A5" s="108"/>
       <c r="B5" s="118" t="s">
         <v>68</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>69</v>
       </c>
       <c r="D5" s="2">
         <f>(6*50)</f>
         <v>300</v>
       </c>
       <c r="E5" s="62">
         <f>'Staffing and Capacity'!D26*50</f>
         <v>300</v>
       </c>
       <c r="F5" s="62"/>
       <c r="G5" s="110" t="s">
         <v>70</v>
       </c>
       <c r="H5" s="73">
-        <f>187.93*0.85</f>
-        <v>159.7405</v>
+        <f>202.08*0.85</f>
+        <v>171.768</v>
       </c>
       <c r="I5" s="3"/>
       <c r="J5" s="92">
         <f>H5*E5</f>
-        <v>47922.15</v>
+        <v>51530.400000000001</v>
       </c>
       <c r="K5" s="90"/>
       <c r="L5" s="91"/>
       <c r="M5" s="94"/>
     </row>
     <row r="6" spans="1:13" s="1" customFormat="1" ht="46.9" customHeight="1">
       <c r="A6" s="108"/>
       <c r="B6" s="118"/>
       <c r="C6" s="4" t="s">
         <v>71</v>
       </c>
       <c r="D6" s="2">
         <f>23*50</f>
         <v>1150</v>
       </c>
       <c r="E6" s="62">
         <f>'Staffing and Capacity'!D29*50</f>
         <v>1150</v>
       </c>
       <c r="F6" s="62"/>
       <c r="G6" s="110"/>
       <c r="H6" s="42"/>
       <c r="I6" s="3"/>
       <c r="J6" s="92"/>
       <c r="K6" s="90"/>
       <c r="L6" s="91"/>
       <c r="M6" s="91"/>
     </row>
     <row r="7" spans="1:13" s="1" customFormat="1" ht="46.9" customHeight="1">
       <c r="A7" s="108"/>
       <c r="B7" s="118"/>
       <c r="C7" s="6" t="s">
         <v>72</v>
       </c>
       <c r="D7" s="69">
         <v>0.6</v>
       </c>
       <c r="E7" s="63">
         <f>F7*E6</f>
         <v>690</v>
       </c>
       <c r="F7" s="64">
         <v>0.6</v>
       </c>
       <c r="G7" s="110" t="s">
         <v>73</v>
       </c>
       <c r="H7" s="74">
-        <f>88.95*85%</f>
-        <v>75.607500000000002</v>
+        <f>95.19*85%</f>
+        <v>80.91149999999999</v>
       </c>
       <c r="I7" s="3"/>
       <c r="J7" s="92">
         <f>H7*E7</f>
-        <v>52169.175000000003</v>
+        <v>55828.93499999999</v>
       </c>
       <c r="K7" s="95"/>
       <c r="L7" s="91"/>
       <c r="M7" s="91"/>
     </row>
     <row r="8" spans="1:13" s="1" customFormat="1" ht="46.9" customHeight="1">
       <c r="A8" s="108"/>
       <c r="B8" s="118"/>
       <c r="C8" s="6" t="s">
         <v>74</v>
       </c>
       <c r="D8" s="69">
         <v>0.4</v>
       </c>
       <c r="E8" s="63">
         <f>F8*E6</f>
         <v>460</v>
       </c>
       <c r="F8" s="64">
         <v>0.4</v>
       </c>
       <c r="G8" s="110"/>
       <c r="H8" s="75">
-        <f>72.78*85%</f>
-        <v>61.863</v>
+        <f>81.5*85%</f>
+        <v>69.274999999999991</v>
       </c>
       <c r="I8" s="3"/>
       <c r="J8" s="92">
         <f>H8*E8</f>
-        <v>28456.98</v>
+        <v>31866.499999999996</v>
       </c>
       <c r="K8" s="90"/>
       <c r="L8" s="96"/>
       <c r="M8" s="91"/>
     </row>
     <row r="9" spans="1:13" s="1" customFormat="1" ht="10.15" customHeight="1">
       <c r="A9" s="108"/>
       <c r="B9" s="93"/>
       <c r="C9" s="8"/>
       <c r="D9" s="3"/>
       <c r="E9" s="8"/>
       <c r="F9" s="8"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="92"/>
       <c r="K9" s="90"/>
       <c r="L9" s="91"/>
       <c r="M9" s="91"/>
     </row>
     <row r="10" spans="1:13" s="1" customFormat="1" ht="46.9" customHeight="1">
       <c r="A10" s="108"/>
       <c r="B10" s="118" t="s">
         <v>75</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>76</v>
       </c>
       <c r="D10" s="2">
         <f>8*D3</f>
         <v>384</v>
       </c>
       <c r="E10" s="62">
         <f>'Staffing and Capacity'!D16*'Rev and Profit Calculations'!E3</f>
         <v>384</v>
       </c>
       <c r="F10" s="62"/>
       <c r="G10" s="110" t="s">
         <v>77</v>
       </c>
       <c r="H10" s="73">
-        <v>166.91</v>
+        <v>173.75</v>
       </c>
       <c r="I10" s="3"/>
       <c r="J10" s="92">
         <f>H10*E10</f>
-        <v>64093.440000000002</v>
+        <v>66720</v>
       </c>
       <c r="K10" s="90"/>
       <c r="L10" s="91"/>
       <c r="M10" s="91"/>
     </row>
     <row r="11" spans="1:13" s="1" customFormat="1" ht="46.9" customHeight="1">
       <c r="A11" s="108"/>
       <c r="B11" s="118"/>
       <c r="C11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="D11" s="2">
         <f>26*D3</f>
         <v>1248</v>
       </c>
       <c r="E11" s="65">
         <f>'Staffing and Capacity'!D19*'Rev and Profit Calculations'!E3</f>
-        <v>1248</v>
+        <v>1200</v>
       </c>
       <c r="F11" s="65"/>
       <c r="G11" s="110"/>
       <c r="H11" s="42"/>
       <c r="I11" s="3"/>
       <c r="J11" s="92"/>
       <c r="K11" s="90"/>
       <c r="L11" s="91"/>
       <c r="M11" s="91"/>
     </row>
     <row r="12" spans="1:13" s="1" customFormat="1" ht="46.9" customHeight="1">
       <c r="A12" s="108"/>
       <c r="B12" s="118"/>
       <c r="C12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="D12" s="70">
         <v>0.75</v>
       </c>
       <c r="E12" s="66">
         <f>E11*F12</f>
-        <v>936</v>
+        <v>900</v>
       </c>
       <c r="F12" s="67">
         <v>0.75</v>
       </c>
       <c r="G12" s="110" t="s">
         <v>80</v>
       </c>
       <c r="H12" s="75">
-        <v>104.16</v>
+        <v>113.9</v>
       </c>
       <c r="I12" s="3"/>
       <c r="J12" s="92">
         <f>H12*E12</f>
-        <v>97493.759999999995</v>
+        <v>102510</v>
       </c>
       <c r="K12" s="90"/>
       <c r="L12" s="91"/>
       <c r="M12" s="91"/>
     </row>
     <row r="13" spans="1:13" s="1" customFormat="1" ht="46.9" customHeight="1">
       <c r="A13" s="108"/>
       <c r="B13" s="118"/>
       <c r="C13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="D13" s="70">
         <v>0.25</v>
       </c>
       <c r="E13" s="66">
         <f>E11*F13</f>
-        <v>312</v>
+        <v>300</v>
       </c>
       <c r="F13" s="67">
         <v>0.25</v>
       </c>
       <c r="G13" s="110"/>
       <c r="H13" s="75">
-        <v>102.86</v>
+        <v>109.55</v>
       </c>
       <c r="I13" s="3"/>
       <c r="J13" s="92">
         <f>H13*E13</f>
-        <v>32092.32</v>
+        <v>32865</v>
       </c>
       <c r="K13" s="90"/>
       <c r="L13" s="91"/>
       <c r="M13" s="91"/>
     </row>
     <row r="14" spans="1:13" s="1" customFormat="1" ht="46.9" customHeight="1">
       <c r="A14" s="108"/>
       <c r="B14" s="118"/>
       <c r="C14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="D14" s="70">
         <v>0</v>
       </c>
       <c r="E14" s="66">
         <f>E11*F14</f>
         <v>0</v>
       </c>
       <c r="F14" s="67">
         <v>0</v>
       </c>
       <c r="G14" s="110"/>
       <c r="H14" s="75">
-        <f>28.14*5</f>
-        <v>140.69999999999999</v>
+        <f>5*30.39</f>
+        <v>151.94999999999999</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="92">
         <f>H14*E14</f>
         <v>0</v>
       </c>
       <c r="K14" s="90"/>
       <c r="L14" s="91"/>
       <c r="M14" s="91"/>
     </row>
     <row r="15" spans="1:13" s="1" customFormat="1" ht="46.9" customHeight="1">
       <c r="A15" s="108"/>
       <c r="B15" s="118"/>
       <c r="C15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D15" s="70" t="s">
         <v>84</v>
       </c>
       <c r="E15" s="66">
         <f>F15*E11</f>
-        <v>124.80000000000001</v>
+        <v>120</v>
       </c>
       <c r="F15" s="67">
         <f>10%</f>
         <v>0.1</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>85</v>
       </c>
       <c r="H15" s="75">
-        <v>14.23</v>
+        <v>14.7</v>
       </c>
       <c r="I15" s="3"/>
       <c r="J15" s="92">
         <f>H15*E15</f>
-        <v>1775.9040000000002</v>
+        <v>1764</v>
       </c>
       <c r="K15" s="90"/>
       <c r="L15" s="91"/>
       <c r="M15" s="91"/>
     </row>
     <row r="16" spans="1:13" s="1" customFormat="1" ht="10.15" customHeight="1">
       <c r="A16" s="108"/>
       <c r="B16" s="60"/>
       <c r="C16" s="8"/>
       <c r="D16" s="3"/>
       <c r="E16" s="8"/>
       <c r="F16" s="8"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="92"/>
       <c r="K16" s="90"/>
       <c r="L16" s="91"/>
       <c r="M16" s="91"/>
     </row>
     <row r="17" spans="1:14" s="1" customFormat="1" ht="46.9" customHeight="1">
       <c r="A17" s="108"/>
       <c r="B17" s="119" t="s">
         <v>33</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>78</v>
       </c>
       <c r="D17" s="2">
         <f>34*D3</f>
         <v>1632</v>
       </c>
       <c r="E17" s="65">
         <f>'Staffing and Capacity'!D23*'Rev and Profit Calculations'!E3</f>
-        <v>1632</v>
+        <v>1536</v>
       </c>
       <c r="F17" s="65"/>
       <c r="G17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H17" s="12"/>
       <c r="I17" s="3"/>
       <c r="J17" s="92"/>
       <c r="K17" s="90"/>
       <c r="L17" s="91"/>
       <c r="M17" s="91"/>
       <c r="N17" s="91"/>
     </row>
     <row r="18" spans="1:14" s="1" customFormat="1" ht="46.9" customHeight="1">
       <c r="A18" s="108"/>
       <c r="B18" s="119"/>
       <c r="C18" s="4" t="s">
         <v>79</v>
       </c>
       <c r="D18" s="70">
         <v>0.7</v>
       </c>
       <c r="E18" s="62">
         <f>F18*E17</f>
-        <v>1142.3999999999999</v>
+        <v>1075.1999999999998</v>
       </c>
       <c r="F18" s="68">
         <v>0.7</v>
       </c>
       <c r="G18" s="110" t="s">
         <v>86</v>
       </c>
       <c r="H18" s="75">
-        <v>104.16</v>
+        <v>113.9</v>
       </c>
       <c r="I18" s="3"/>
       <c r="J18" s="92">
         <f>H18*E18</f>
-        <v>118992.38399999998</v>
+        <v>122465.27999999998</v>
       </c>
       <c r="K18" s="90"/>
       <c r="L18" s="91"/>
       <c r="M18" s="91"/>
       <c r="N18" s="91"/>
     </row>
     <row r="19" spans="1:14" s="1" customFormat="1" ht="46.9" customHeight="1">
       <c r="A19" s="108"/>
       <c r="B19" s="119"/>
       <c r="C19" s="4" t="s">
         <v>81</v>
       </c>
       <c r="D19" s="70">
         <v>0.15</v>
       </c>
       <c r="E19" s="62">
         <f>F19*E17</f>
-        <v>244.79999999999998</v>
+        <v>230.39999999999998</v>
       </c>
       <c r="F19" s="68">
         <v>0.15</v>
       </c>
       <c r="G19" s="110"/>
       <c r="H19" s="75">
-        <v>102.86</v>
+        <v>109.55</v>
       </c>
       <c r="I19" s="3"/>
       <c r="J19" s="92">
         <f>H19*E19</f>
-        <v>25180.127999999997</v>
+        <v>25240.319999999996</v>
       </c>
       <c r="K19" s="90"/>
       <c r="L19" s="91"/>
       <c r="M19" s="91"/>
       <c r="N19" s="91"/>
     </row>
     <row r="20" spans="1:14" s="1" customFormat="1" ht="46.9" customHeight="1">
       <c r="A20" s="108"/>
       <c r="B20" s="119"/>
       <c r="C20" s="4" t="s">
         <v>82</v>
       </c>
       <c r="D20" s="70">
         <v>0.15</v>
       </c>
       <c r="E20" s="62">
         <f>F20*E17</f>
-        <v>244.79999999999998</v>
+        <v>230.39999999999998</v>
       </c>
       <c r="F20" s="68">
         <v>0.15</v>
       </c>
       <c r="G20" s="110"/>
       <c r="H20" s="75">
-        <f>28.14*5</f>
-        <v>140.69999999999999</v>
+        <f>5*30.39</f>
+        <v>151.94999999999999</v>
       </c>
       <c r="I20" s="3"/>
       <c r="J20" s="92">
         <f>H20*E20</f>
-        <v>34443.359999999993</v>
+        <v>35009.279999999992</v>
       </c>
       <c r="K20" s="90"/>
       <c r="L20" s="91"/>
       <c r="M20" s="91"/>
       <c r="N20" s="91"/>
     </row>
     <row r="21" spans="1:14" s="1" customFormat="1" ht="46.9" customHeight="1">
       <c r="A21" s="108"/>
       <c r="B21" s="119"/>
       <c r="C21" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D21" s="70" t="s">
         <v>84</v>
       </c>
       <c r="E21" s="62">
         <f>F21*E17</f>
-        <v>163.20000000000002</v>
+        <v>153.60000000000002</v>
       </c>
       <c r="F21" s="68">
         <v>0.1</v>
       </c>
       <c r="G21" s="110" t="s">
         <v>87</v>
       </c>
       <c r="H21" s="75">
-        <v>14.23</v>
+        <v>14.7</v>
       </c>
       <c r="I21" s="3"/>
       <c r="J21" s="92">
         <f>H21*E21</f>
-        <v>2322.3360000000002</v>
+        <v>2257.92</v>
       </c>
       <c r="K21" s="90"/>
       <c r="L21" s="91"/>
       <c r="M21" s="91"/>
       <c r="N21" s="91"/>
     </row>
     <row r="22" spans="1:14" s="1" customFormat="1" ht="46.9" customHeight="1">
       <c r="A22" s="108"/>
       <c r="B22" s="119"/>
       <c r="C22" s="84" t="s">
         <v>88</v>
       </c>
       <c r="D22" s="85" t="s">
         <v>84</v>
       </c>
       <c r="E22" s="62">
         <f>F22*E17</f>
-        <v>163.20000000000002</v>
+        <v>153.60000000000002</v>
       </c>
       <c r="F22" s="68">
         <v>0.1</v>
       </c>
       <c r="G22" s="110"/>
       <c r="H22" s="75">
         <v>52.08</v>
       </c>
       <c r="I22" s="3"/>
       <c r="J22" s="92">
         <f>H22*E22</f>
-        <v>8499.4560000000001</v>
+        <v>7999.4880000000012</v>
       </c>
       <c r="K22" s="90"/>
       <c r="L22" s="94"/>
       <c r="M22" s="91"/>
       <c r="N22" s="91"/>
     </row>
     <row r="23" spans="1:14" ht="10.15" customHeight="1">
       <c r="A23" s="82"/>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
     </row>
     <row r="24" spans="1:14" ht="29.45" customHeight="1">
       <c r="A24" s="82"/>
       <c r="C24" s="72" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="10" t="s">
         <v>90</v>
       </c>
@@ -3341,347 +3341,347 @@
       </c>
       <c r="F33" s="10" t="s">
         <v>92</v>
       </c>
       <c r="G33" s="10" t="s">
         <v>93</v>
       </c>
       <c r="H33" s="91"/>
       <c r="I33" s="3"/>
       <c r="J33" s="54"/>
       <c r="K33" s="2"/>
       <c r="L33" s="2"/>
       <c r="M33" s="2"/>
       <c r="N33" s="2"/>
     </row>
     <row r="34" spans="1:14" ht="29.45" customHeight="1">
       <c r="A34" s="82"/>
       <c r="B34" s="116" t="s">
         <v>107</v>
       </c>
       <c r="C34" t="s">
         <v>108</v>
       </c>
       <c r="D34" s="78">
         <f>$E$5*($H$5*D$30)*D$26</f>
-        <v>15335.088000000002</v>
+        <v>16489.727999999999</v>
       </c>
       <c r="E34" s="78">
         <f>$E$5*($H$5*E$30)*E$26</f>
-        <v>14031.605519999999</v>
+        <v>15088.101119999999</v>
       </c>
       <c r="F34" s="78">
         <f>$E$5*($H$5*F$30)*F$26</f>
-        <v>13226.513399999998</v>
+        <v>14222.390399999998</v>
       </c>
       <c r="G34" s="78">
         <f>$E$5*($H$5*G$30)*G$26</f>
-        <v>4658.03298</v>
+        <v>5008.7548800000004</v>
       </c>
       <c r="I34" s="26"/>
       <c r="K34" s="11"/>
       <c r="L34" s="11"/>
       <c r="M34" s="11"/>
       <c r="N34" s="11"/>
     </row>
     <row r="35" spans="1:14" ht="29.45" customHeight="1">
       <c r="A35" s="82"/>
       <c r="B35" s="116"/>
       <c r="C35" t="s">
         <v>109</v>
       </c>
       <c r="D35" s="78">
         <f>$E$10*($H$10*D$30)*D$26</f>
-        <v>20509.900799999999</v>
+        <v>21350.400000000001</v>
       </c>
       <c r="E35" s="78">
         <f>$E$10*($H$10*E$30)*E$26</f>
-        <v>18766.559232</v>
+        <v>19535.616000000002</v>
       </c>
       <c r="F35" s="78">
         <f>$E$10*($H$10*F$30)*F$26</f>
-        <v>17689.789439999997</v>
+        <v>18414.719999999998</v>
       </c>
       <c r="G35" s="78">
         <f>$E$10*($H$10*G$30)*G$26</f>
-        <v>6229.8823680000005</v>
+        <v>6485.1840000000002</v>
       </c>
       <c r="I35" s="26"/>
       <c r="K35" s="11"/>
       <c r="L35" s="11"/>
       <c r="M35" s="11"/>
       <c r="N35" s="11"/>
     </row>
     <row r="36" spans="1:14" ht="29.45" customHeight="1">
       <c r="A36" s="82"/>
       <c r="B36" s="116"/>
       <c r="C36" t="s">
         <v>110</v>
       </c>
       <c r="D36" s="78">
         <f>$E$7*($H$7*D$30)*D$26</f>
-        <v>16694.136000000002</v>
+        <v>17865.259199999997</v>
       </c>
       <c r="E36" s="78">
         <f>$E$7*($H$7*E$30)*E$26</f>
-        <v>15275.134440000002</v>
+        <v>16346.712167999998</v>
       </c>
       <c r="F36" s="78">
         <f>$E$7*($H$7*F$30)*F$26</f>
-        <v>14398.692299999999</v>
+        <v>15408.786059999995</v>
       </c>
       <c r="G36" s="78">
         <f>$E$7*($H$7*G$30)*G$26</f>
-        <v>5070.8438100000003</v>
+        <v>5426.5724819999996</v>
       </c>
       <c r="I36" s="26"/>
       <c r="K36" s="11"/>
       <c r="L36" s="11"/>
       <c r="M36" s="11"/>
       <c r="N36" s="11"/>
     </row>
     <row r="37" spans="1:14" ht="29.45" customHeight="1">
       <c r="A37" s="82"/>
       <c r="B37" s="116"/>
       <c r="C37" t="s">
         <v>111</v>
       </c>
       <c r="D37" s="78">
         <f>(($E$12*$H$12*D$30)+($E$18*$H$18*D$30))*D$26</f>
-        <v>69275.56607999999</v>
+        <v>71992.089599999992</v>
       </c>
       <c r="E37" s="78">
         <f>(($E$12*$H$12*E$30)+($E$18*$H$18*E$30))*E$26</f>
-        <v>63387.142963199993</v>
+        <v>65872.761983999997</v>
       </c>
       <c r="F37" s="78">
         <f>(($E$12*$H$12*F$30)+($E$18*$H$18*F$30))*F$26</f>
-        <v>59750.175743999978</v>
+        <v>62093.177279999996</v>
       </c>
       <c r="G37" s="78">
         <f>(($E$12*$H$12*G$30)+($E$18*$H$18*G$30))*G$26</f>
-        <v>21042.453196799997</v>
+        <v>21867.597215999998</v>
       </c>
       <c r="I37" s="26"/>
       <c r="K37" s="11"/>
       <c r="L37" s="11"/>
       <c r="M37" s="11"/>
       <c r="N37" s="11"/>
     </row>
     <row r="38" spans="1:14" ht="29.45" customHeight="1">
       <c r="A38" s="82"/>
       <c r="B38" s="116"/>
       <c r="C38" t="s">
         <v>112</v>
       </c>
       <c r="D38" s="78">
         <f>(($E$13*$H$13*D$30)+($E$19*$H$19*D$30))*D$26</f>
-        <v>18327.183359999999</v>
+        <v>18593.702399999998</v>
       </c>
       <c r="E38" s="78">
         <f>(($E$13*$H$13*E$30)+($E$19*$H$19*E$30))*E$26</f>
-        <v>16769.372774399999</v>
+        <v>17013.237696</v>
       </c>
       <c r="F38" s="78">
         <f>(($E$13*$H$13*F$30)+($E$19*$H$19*F$30))*F$26</f>
-        <v>15807.195647999999</v>
+        <v>16037.068319999997</v>
       </c>
       <c r="G38" s="78">
         <f>(($E$13*$H$13*G$30)+($E$19*$H$19*G$30))*G$26</f>
-        <v>5566.8819456000001</v>
+        <v>5647.8371040000002</v>
       </c>
       <c r="I38" s="26"/>
       <c r="K38" s="11"/>
       <c r="L38" s="11"/>
       <c r="M38" s="11"/>
       <c r="N38" s="11"/>
     </row>
     <row r="39" spans="1:14" ht="29.45" customHeight="1">
       <c r="A39" s="82"/>
       <c r="B39" s="116"/>
       <c r="C39" t="s">
         <v>113</v>
       </c>
       <c r="D39" s="78">
         <f>(($E$14*$H$14*D$30)+($E$20*$H$20*D$30))*D$26</f>
-        <v>11021.875199999999</v>
+        <v>11202.969599999997</v>
       </c>
       <c r="E39" s="78">
         <f>(($E$14*$H$14*E$30)+($E$20*$H$20*E$30))*E$26</f>
-        <v>10085.015807999998</v>
+        <v>10250.717183999997</v>
       </c>
       <c r="F39" s="78">
         <f>(($E$14*$H$14*F$30)+($E$20*$H$20*F$30))*F$26</f>
-        <v>9506.3673599999966</v>
+        <v>9662.5612799999963</v>
       </c>
       <c r="G39" s="78">
         <f>(($E$14*$H$14*G$30)+($E$20*$H$20*G$30))*G$26</f>
-        <v>3347.8945919999992</v>
+        <v>3402.9020159999991</v>
       </c>
       <c r="I39" s="26"/>
       <c r="K39" s="11"/>
       <c r="L39" s="11"/>
       <c r="M39" s="11"/>
       <c r="N39" s="11"/>
     </row>
     <row r="40" spans="1:14" ht="29.45" customHeight="1">
       <c r="A40" s="82"/>
       <c r="B40" s="116"/>
       <c r="C40" t="s">
         <v>114</v>
       </c>
       <c r="D40" s="79">
         <f>(($E$15*$H$15*D$30)+($E$21*$H$21*D$30)+($E$22*$H$22*D$30))*D$26</f>
-        <v>4031.2627200000002</v>
+        <v>3846.8505600000003</v>
       </c>
       <c r="E40" s="79">
         <f>(($E$15*$H$15*E$30)+($E$21*$H$21*E$30)+($E$22*$H$22*E$30))*E$26</f>
-        <v>3688.6053888000001</v>
+        <v>3519.8682624000007</v>
       </c>
       <c r="F40" s="79">
         <f>(($E$15*$H$15*F$30)+($E$21*$H$21*F$30)+($E$22*$H$22*F$30))*F$26</f>
-        <v>3476.9640959999997</v>
+        <v>3317.9086080000002</v>
       </c>
       <c r="G40" s="79">
         <v>0</v>
       </c>
       <c r="I40" s="26"/>
       <c r="K40" s="11"/>
       <c r="L40" s="11"/>
       <c r="M40" s="11"/>
       <c r="N40" s="11"/>
     </row>
     <row r="41" spans="1:14" ht="29.45" customHeight="1">
       <c r="A41" s="82"/>
       <c r="B41" s="5"/>
       <c r="C41" t="s">
         <v>115</v>
       </c>
       <c r="D41" s="80">
         <f>SUM(D34:D40)</f>
-        <v>155195.01216000001</v>
+        <v>161340.99935999996</v>
       </c>
       <c r="E41" s="80">
         <f t="shared" ref="E41" si="0">SUM(E34:E40)</f>
-        <v>142003.43612639999</v>
+        <v>147627.01441440001</v>
       </c>
       <c r="F41" s="80">
         <f>SUM(F34:F40)</f>
-        <v>133855.69798799997</v>
+        <v>139156.61194799998</v>
       </c>
       <c r="G41" s="80">
         <f>SUM(G34:G40)</f>
-        <v>45915.98889239999</v>
+        <v>47838.847697999998</v>
       </c>
       <c r="I41" s="26"/>
       <c r="K41" s="11"/>
       <c r="L41" s="11"/>
       <c r="M41" s="11"/>
       <c r="N41" s="11"/>
     </row>
     <row r="42" spans="1:14" ht="11.45" customHeight="1">
       <c r="A42" s="82"/>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="I42" s="3"/>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
     </row>
     <row r="43" spans="1:14" ht="29.45" customHeight="1">
       <c r="A43" s="82"/>
       <c r="C43" t="s">
         <v>116</v>
       </c>
       <c r="D43" s="80">
         <f>SUM(D41:G41)</f>
-        <v>476970.13516679994</v>
+        <v>495963.47342039994</v>
       </c>
       <c r="E43" s="11"/>
       <c r="F43" s="11"/>
       <c r="G43" s="11" t="s">
         <v>117</v>
       </c>
       <c r="H43" s="77">
         <f>SUM(J5:J22)</f>
-        <v>513441.39299999992</v>
+        <v>536057.12300000002</v>
       </c>
       <c r="I43" s="25"/>
       <c r="J43" s="52">
         <f>H43/(D5+D6+D10+D11+D17)</f>
-        <v>108.91841175222739</v>
+        <v>113.71597857445906</v>
       </c>
     </row>
     <row r="44" spans="1:14" ht="29.45" customHeight="1">
       <c r="A44" s="82"/>
       <c r="C44" t="s">
         <v>118</v>
       </c>
       <c r="D44" s="80">
         <f>'Staffing and Capacity'!H11</f>
         <v>389725</v>
       </c>
       <c r="E44" s="33" t="s">
         <v>119</v>
       </c>
       <c r="F44" s="33"/>
       <c r="G44" s="11"/>
       <c r="H44" s="11"/>
       <c r="I44" s="25"/>
     </row>
     <row r="45" spans="1:14" ht="51.6" customHeight="1">
       <c r="A45" s="82"/>
       <c r="C45" s="5" t="s">
         <v>120</v>
       </c>
       <c r="D45" s="80">
         <f>E45*D43</f>
-        <v>95394.027033359991</v>
+        <v>99192.694684079994</v>
       </c>
       <c r="E45" s="32">
         <v>0.2</v>
       </c>
       <c r="F45" s="111" t="s">
         <v>121</v>
       </c>
       <c r="G45" s="112"/>
       <c r="H45" s="34"/>
       <c r="I45" s="25"/>
     </row>
     <row r="46" spans="1:14" ht="29.45" customHeight="1">
       <c r="A46" s="82"/>
       <c r="C46" s="9" t="s">
         <v>122</v>
       </c>
       <c r="D46" s="81">
         <f>D43-SUM(D44:D45)</f>
-        <v>-8148.8918665600359</v>
+        <v>7045.778736319975</v>
       </c>
       <c r="E46" s="11"/>
       <c r="F46" s="11"/>
       <c r="G46" s="11"/>
       <c r="H46" s="11"/>
       <c r="I46" s="25"/>
     </row>
     <row r="47" spans="1:14" ht="11.45" customHeight="1">
       <c r="A47" s="82"/>
       <c r="B47" s="3"/>
       <c r="C47" s="3"/>
       <c r="D47" s="3"/>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
     </row>
     <row r="48" spans="1:14" ht="29.45" customHeight="1">
       <c r="I48" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="F45:G45"/>
     <mergeCell ref="B34:B40"/>
@@ -3728,96 +3728,96 @@
   <sheetData>
     <row r="1" spans="1:3" ht="15.75">
       <c r="A1" s="120" t="s">
         <v>123</v>
       </c>
       <c r="B1" s="120"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>124</v>
       </c>
       <c r="B3" s="88">
         <f>'Rev and Profit Calculations'!D5+'Rev and Profit Calculations'!D6+'Rev and Profit Calculations'!D10+'Rev and Profit Calculations'!D11+'Rev and Profit Calculations'!D17</f>
         <v>4714</v>
       </c>
       <c r="C3" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>124</v>
       </c>
       <c r="B4" s="88">
         <f>B3/'Staffing and Capacity'!C18</f>
-        <v>5237.7777777777774</v>
+        <v>5545.8823529411766</v>
       </c>
       <c r="C4" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="38.25" customHeight="1">
       <c r="A6" s="5" t="s">
         <v>127</v>
       </c>
       <c r="B6" s="86">
         <f>'Rev and Profit Calculations'!J43</f>
-        <v>108.91841175222739</v>
+        <v>113.71597857445906</v>
       </c>
       <c r="C6" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>129</v>
       </c>
       <c r="B8" s="87">
         <f>'Rev and Profit Calculations'!D44+'Rev and Profit Calculations'!D45</f>
-        <v>485119.02703335998</v>
+        <v>488917.69468407996</v>
       </c>
       <c r="C8" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>131</v>
       </c>
       <c r="B10" s="88">
         <f>B8/B6</f>
-        <v>4453.9671413583501</v>
+        <v>4299.4634598685352</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15.75">
       <c r="A11" s="9" t="s">
         <v>132</v>
       </c>
       <c r="B11" s="107">
         <f>B10/B4</f>
-        <v>0.85035435452323194</v>
+        <v>0.77525327553845036</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>133</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G14" sqref="G14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.6"/>
   <sheetData>
     <row r="1" spans="1:9">
@@ -3863,72 +3863,52 @@
         <v>142</v>
       </c>
       <c r="B10" t="s">
         <v>143</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="15e91428-6db3-4329-9b69-fafdd2ee2e6f" xmlns:ns3="e3a022e8-7c92-417b-9ef6-ae140c7bb311" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2c0dc6e03e0048b93daad8efb874e997" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CC621BF143D3BC42B862D33A57346395" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="49d7492c03fa8445db49d989c6649e6a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="15e91428-6db3-4329-9b69-fafdd2ee2e6f" xmlns:ns3="e3a022e8-7c92-417b-9ef6-ae140c7bb311" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="43fae173981a8c53c57844ceba361e2a" ns2:_="" ns3:_="">
     <xsd:import namespace="15e91428-6db3-4329-9b69-fafdd2ee2e6f"/>
     <xsd:import namespace="e3a022e8-7c92-417b-9ef6-ae140c7bb311"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -4095,70 +4075,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="e3a022e8-7c92-417b-9ef6-ae140c7bb311" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="15e91428-6db3-4329-9b69-fafdd2ee2e6f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D77ACB33-98EF-4DDE-9C57-3B5DE8CCF16E}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B441FFF-204F-4214-9D3F-D5848C0317AA}"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DBE63323-9997-4C38-8824-4B45608B0B3F}"/>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B91199D-8D9A-4EB5-AE66-ABADF237856E}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CC621BF143D3BC42B862D33A57346395</vt:lpwstr>
   </property>
 </Properties>
 </file>